--- v1 (2025-11-01)
+++ v2 (2026-02-27)
@@ -803,51 +803,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 </w:t>
+        <w:t xml:space="preserve">K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01, K_U02, K_U03, K_U04, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>