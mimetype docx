--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -890,50 +890,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o modelowaniu i analizie prostych płyt osiowosymetrycznych i prostokątnych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -989,128 +1059,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o modelowaniu i analizie prostych płyt osiowosymetrycznych i prostokątnych.  </w:t>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1129,58 +1339,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1191,356 +1401,636 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,932 +2049,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach prostokątnych obciążonych wydatkiem ciągłym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach prostokątnych obciążonych wydatkiem ciągłym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach prostokątnych obciążonych wydatkiem ciągłym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>