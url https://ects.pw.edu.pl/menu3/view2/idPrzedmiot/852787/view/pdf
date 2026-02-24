--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -890,401 +890,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o modelowaniu i analizie prostych płyt osiowosymetrycznych i prostokątnych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o modelowaniu i analizie prostych płyt osiowosymetrycznych i prostokątnych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o modelowaniu i analizie prostych płyt osiowosymetrycznych i prostokątnych.  </w:t>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego i zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>