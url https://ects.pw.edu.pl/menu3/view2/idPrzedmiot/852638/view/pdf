--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1159,121 +1159,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>