--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -739,157 +739,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student poznaje strukturę układów sterowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student poznaje strukturę układów sterowania.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia.</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat stosowanych rozwiązań układów sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -908,58 +1048,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat stosowanych rozwiązań układów sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -978,58 +1118,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat stosowanych rozwiązań układów sterowania</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1048,232 +1188,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat stosowanych rozwiązań układów sterowania</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W05</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>