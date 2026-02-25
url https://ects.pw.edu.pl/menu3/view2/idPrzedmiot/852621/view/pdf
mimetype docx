--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -883,87 +883,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy zmiennych wykorzystywanych w języku C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy zmiennych wykorzystywanych w języku C.</w:t>
+        <w:t xml:space="preserve">Zna typy operatorów wykorzystywanych w języku C.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1023,87 +1093,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe dyrektywy preprocesora w języku C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy operatorów wykorzystywanych w języku C.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe dyrektywy preprocesora w języku C.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1122,302 +1262,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe dyrektywy preprocesora w języku C.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe komunikaty błędów kompilatora C.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW106_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe komunikaty błędów kompilatora C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>