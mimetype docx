--- v0 (2025-12-25)
+++ v1 (2026-03-19)
@@ -746,50 +746,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1055,838 +1125,1188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U07</w:t>
+        <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1905,58 +2325,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1975,58 +2395,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2045,58 +2465,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2115,58 +2535,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2185,652 +2605,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>