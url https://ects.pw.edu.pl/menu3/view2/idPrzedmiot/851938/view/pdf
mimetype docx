--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -760,1401 +760,1401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody ilościowej oceny strat energetycznych w maszynach cieplnych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody ilościowej oceny strat energetycznych w maszynach cieplnych. 														</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyki dyfuzyjnej i konwekcyjnej wymiany masy i jej matematycznego modelowania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę  o zjawiskach jednoczesnej wymiany ciepła i masy i ich zastosowań w technice.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę  o zjawiskach jednoczesnej wymiany ciepła i masy i ich zastosowań w technice.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyki dyfuzyjnej i konwekcyjnej wymiany masy i jej matematycznego modelowania.														</w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę  o zjawiskach jednoczesnej wymiany ciepła i masy i ich zastosowań w technice.							</w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę  o zjawiskach jednoczesnej wymiany ciepła i masy i ich zastosowań w technice.							</w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+        <w:t xml:space="preserve">Rozumie ważność i potrzebę kreatywnej działalności inżynierskiej dla rozwoju społecznego i kształtowania stosunków międzyludzkich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca obserwacja i analiza postawy studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+        <w:t xml:space="preserve">Rozumie ważność i potrzebę kreatywnej działalności inżynierskiej dla rozwoju społecznego i kształtowania stosunków międzyludzkich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca obserwacja i analiza postawy studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U05</w:t>
-[...848 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>