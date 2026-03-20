--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1120,50 +1120,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1219,58 +1359,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1289,58 +1429,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej analizy fachowej literatury student potrafi zastosować zasady termodynamiki w bilansach energetycznych i egzergetycznych.							</w:t>
+        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1400,87 +1540,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1499,662 +1919,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi dokonać oceny ilościowej zasobów użytecznej energii oraz wielkości strat energetycznych	.																			</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować opis matematyczny i jego rozwiązania w analizie procesów wymiany ciepła i masy występujących w urządzeniach i maszynach w energetyce. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U15</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+        <w:t xml:space="preserve">Rozumie ważność i potrzebę kreatywnej działalności inżynierskiej dla rozwoju społecznego i kształtowania stosunków międzyludzkich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca obserwacja i analiza postawy studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U05</w:t>
+        <w:t xml:space="preserve">E2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK357_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK357_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie wiedzy uzyskanej w trakcie zajęć oraz przeprowadzonej samodzielnie analizy fachowej literatury student potrafi zidentyfikować procesy wymiany ciepła i masy w naturze i technice. 														</w:t>
+        <w:t xml:space="preserve">Rozumie ważność i potrzebę kreatywnej działalności inżynierskiej dla rozwoju społecznego i kształtowania stosunków międzyludzkich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian, na zakończenie przedmiotu egzamin.</w:t>
+        <w:t xml:space="preserve">Bieżąca obserwacja i analiza postawy studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U11</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>