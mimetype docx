--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -1465,50 +1465,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1564,58 +1774,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1634,58 +1844,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1704,162 +1984,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1885,260 +2095,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -2175,50 +2175,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2344,58 +2624,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2414,58 +2764,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2484,442 +2834,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>