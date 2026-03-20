--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1465,50 +1465,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1634,190 +1774,50 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -2175,50 +2175,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2274,198 +2624,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...146 lines deleted...]
-        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2484,58 +2694,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2554,162 +2764,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U02</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2735,191 +2875,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>