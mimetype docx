--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1189,50 +1189,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1288,58 +1358,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1399,51 +1469,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1469,237 +1539,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,128 +2278,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,128 +2628,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2278,58 +2978,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2348,58 +3048,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2418,58 +3118,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2488,58 +3188,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2558,792 +3258,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>