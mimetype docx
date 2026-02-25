--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -769,157 +769,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -938,58 +1148,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1008,58 +1218,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1078,58 +1288,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,58 +1358,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1218,58 +1428,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1288,58 +1498,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1350,356 +1560,566 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,792 +2278,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>