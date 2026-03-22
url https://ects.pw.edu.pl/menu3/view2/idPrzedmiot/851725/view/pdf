--- v2 (2026-02-25)
+++ v3 (2026-03-22)
@@ -769,50 +769,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -868,58 +938,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -979,87 +1049,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1078,58 +1288,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,58 +1358,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1218,58 +1428,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1288,58 +1498,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1350,356 +1560,496 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,1072 +2278,722 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
-      </w:r>
-[...908 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>