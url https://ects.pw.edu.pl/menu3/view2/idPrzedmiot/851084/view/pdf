--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -1875,50 +1875,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1974,58 +2044,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2085,51 +2155,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2155,51 +2225,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2225,51 +2295,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2295,437 +2365,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych wrzących oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U27</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych wrzących oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2744,512 +3094,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów ciężkowodnych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów ciężkowodnych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>