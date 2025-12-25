--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -2165,50 +2165,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć jednostkowy koszt wytwarzania energii elektrycznej oraz wskaźniki ekonomiczne: NPV, NPVR, IRR bloku energetycznego.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2264,76 +2334,76 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć jednostkowy koszt wytwarzania energii elektrycznej oraz wskaźniki ekonomiczne: NPV, NPVR, IRR bloku energetycznego.											</w:t>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2375,50 +2445,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2446,190 +2586,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>