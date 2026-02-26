--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -2375,50 +2375,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2474,162 +2614,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U03</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2655,411 +2795,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U17</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
+        <w:t xml:space="preserve">E1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U22</w:t>
+        <w:t xml:space="preserve">E1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>