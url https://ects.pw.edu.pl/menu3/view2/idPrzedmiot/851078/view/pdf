--- v2 (2026-02-26)
+++ v3 (2026-03-20)
@@ -1105,50 +1105,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1204,1862 +1344,1722 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W32</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
+        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
+        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
+        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W32</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić efektywność energetyczną obiegu cieplnego siłowni,  w tym: sprawność i jednostkowe zużycie ciepła w bloku kondensacyjnym.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić efektywność energetyczną obiegu cieplnego siłowni,  w tym: sprawność i jednostkowe zużycie ciepła w bloku kondensacyjnym.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić efektywność energetyczną obiegu cieplnego siłowni,  w tym: sprawność i jednostkowe zużycie ciepła w bloku kondensacyjnym.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć jednostkowy koszt wytwarzania energii elektrycznej oraz wskaźniki ekonomiczne: NPV, NPVR, IRR bloku energetycznego.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć jednostkowy koszt wytwarzania energii elektrycznej oraz wskaźniki ekonomiczne: NPV, NPVR, IRR bloku energetycznego.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć jednostkowy koszt wytwarzania energii elektrycznej oraz wskaźniki ekonomiczne: NPV, NPVR, IRR bloku energetycznego.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U03</w:t>
+        <w:t xml:space="preserve">E1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi korzystać z literatury przedmiotu w tym: książek, publikacji wyników badań  naukowych, czasopism i baz danych  z Internetu w obszarze elektroenergetyki i ciepłownictwa.																</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w grupie i wspólnie analizować uzyskane wyniki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...1198 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>