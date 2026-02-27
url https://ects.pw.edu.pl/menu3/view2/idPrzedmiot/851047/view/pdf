--- v0 (2025-10-31)
+++ v1 (2026-02-27)
@@ -1884,50 +1884,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1975,2134 +2325,1994 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...1393 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">E1_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -4144,51 +4354,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_K03</w:t>
+        <w:t xml:space="preserve">E1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4214,261 +4424,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_K04</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>