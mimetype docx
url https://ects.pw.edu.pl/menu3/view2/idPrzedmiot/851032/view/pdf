--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1161,87 +1161,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1301,87 +1371,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1400,302 +1540,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>