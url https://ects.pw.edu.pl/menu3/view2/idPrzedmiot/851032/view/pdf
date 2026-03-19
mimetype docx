--- v1 (2025-12-25)
+++ v2 (2026-03-19)
@@ -1581,121 +1581,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>