--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -953,87 +953,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1052,128 +1122,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1192,58 +1332,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1303,1321 +1443,1181 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ wybranych źródeł hałasu na organ słuchu człowieka w oparciu o podane parametry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ wybranych źródeł hałasu na organ słuchu człowieka w oparciu o podane parametry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
+        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić skalę emisji do atmosfery będących wynikiem spalania typowych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić skalę emisji do atmosfery będących wynikiem spalania typowych paliw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U19</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>