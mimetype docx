--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -991,67 +991,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U03, DS_U04, DS_U05, DS_U08, DS_U12, DS_U13</w:t>
+        <w:t xml:space="preserve">DS_U12, DS_U13, DS_U03, DS_U04, DS_U05, DS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi inicjować, planować i przeprowadzać proste eksperymenty obserwacyjne i symulacyjne oraz dobierać właściwe techniki i narzędzia do ich realizacji
 Potrafi interpretować wyniki przeprowadzonych eksperymentów i wyciągać wnioski, w tym dotyczące jakości modeli
 Posługuje się językiem angielskim w stopniu pozwalającym na porozumienie się, przeczytanie ze zrozumieniem tekstów i opisów programowych oraz przedstawienie prezentacji problemu z zakresu studiowanego kierunku studiów
 Potrafi indywidualnie i we współpracy z zespołem, w tym z zespołem interdyscyplinarnym tworzyć analizy i produkty informatyczne</w:t>
       </w:r>
     </w:p>