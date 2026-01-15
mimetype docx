--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12 BNP, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W10, K_W12 BNP, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania i źródła zagrożeń bezpieczeństwa informacji (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,67 +990,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_W12 BNP, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1210,67 +1210,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać narzędzia informatyczne w procesie zarządzania ryzykiem bezpieczeństwa informacji (I).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>