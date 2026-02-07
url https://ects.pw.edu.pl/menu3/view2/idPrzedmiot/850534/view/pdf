--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10, K_W12 BNP, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania i źródła zagrożeń bezpieczeństwa informacji (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -936,475 +936,475 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna programowe i sprzętowe metody ochrony informacji (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna programowe i sprzętowe metody ochrony informacji (I).</w:t>
+        <w:t xml:space="preserve">Potrafi dostosować warunki przetwarzania informacji do wymagań prawnych (P).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 BNP, K_W10</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować źródła zagrożeń i proponować metody zabezpieczeń, wpływające na minimalizację ryzyka wystąpienia negatywnych skutków zagrożeń (B).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować metody informatyczne w celu zabezpieczenia organizacji i minimalizacji ryzyka oddziaływania zagrożenia (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać narzędzia informatyczne w procesie zarządzania ryzykiem bezpieczeństwa informacji (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dostosować warunki przetwarzania informacji do wymagań prawnych (P).</w:t>
+        <w:t xml:space="preserve">Ma zdolność samodzielnego, skutecznego pozyskiwania informacji z dostępnych w ramach administracji publicznej systemów informacji prawnej i prawidłowej interpretacji tych informacji, w szczególności w zakresie ochrony danych osobowych i informacji niejawnych (P).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP, K_U14 BNP</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
+        <w:t xml:space="preserve">K_K08 BNP, K_K09 BNP, K_K10 BNP, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>