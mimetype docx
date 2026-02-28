--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -796,51 +796,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania i źródła zagrożeń bezpieczeństwa informacji (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -936,475 +936,475 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna programowe i sprzętowe metody ochrony informacji (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna programowe i sprzętowe metody ochrony informacji (I).</w:t>
+        <w:t xml:space="preserve">Potrafi dostosować warunki przetwarzania informacji do wymagań prawnych (P).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować źródła zagrożeń i proponować metody zabezpieczeń, wpływające na minimalizację ryzyka wystąpienia negatywnych skutków zagrożeń (B).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować metody informatyczne w celu zabezpieczenia organizacji i minimalizacji ryzyka oddziaływania zagrożenia (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać narzędzia informatyczne w procesie zarządzania ryzykiem bezpieczeństwa informacji (I).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dostosować warunki przetwarzania informacji do wymagań prawnych (P).</w:t>
+        <w:t xml:space="preserve">Ma zdolność samodzielnego, skutecznego pozyskiwania informacji z dostępnych w ramach administracji publicznej systemów informacji prawnej i prawidłowej interpretacji tych informacji, w szczególności w zakresie ochrony danych osobowych i informacji niejawnych (P).	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu polegającego na przeprowadzeniu analizy ryzyka bezpieczeństwa informacji - studium przypadku. Praca zespołowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U04</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_K08 BNP, K_K09 BNP, K_K10 BNP, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>