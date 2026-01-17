--- v0 (2025-12-25)
+++ v1 (2026-01-17)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student ma wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na rozwój organizacji sportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -910,51 +910,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>