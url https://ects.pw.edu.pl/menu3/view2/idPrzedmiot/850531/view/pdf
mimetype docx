--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student ma wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na rozwój organizacji sportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy oraz prezentacja w ramach pracy zespołowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>