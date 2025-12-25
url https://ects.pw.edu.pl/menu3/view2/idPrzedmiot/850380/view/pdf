--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -892,167 +892,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W09, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
+        <w:t xml:space="preserve">											Potrafi wykorzystać twierdzenia graniczne w modelowaniu zjawisk losowych.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1071,162 +1141,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">											Potrafi wykorzystać twierdzenia graniczne w modelowaniu zjawisk losowych.																</w:t>
+        <w:t xml:space="preserve">													Potrafi postawić i rozwiązać podstawowe zadania statystyki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>