--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W09, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>