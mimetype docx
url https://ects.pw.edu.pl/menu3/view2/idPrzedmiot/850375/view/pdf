--- v1 (2025-11-23)
+++ v2 (2025-12-25)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
+        <w:t xml:space="preserve">MiBM2_U23, MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>