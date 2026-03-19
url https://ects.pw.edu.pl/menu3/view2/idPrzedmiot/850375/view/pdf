--- v2 (2025-12-25)
+++ v3 (2026-03-19)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U23, MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>