--- v1 (2026-02-24)
+++ v2 (2026-03-20)
@@ -847,271 +847,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01, MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W02, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W02, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U10, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U10, MiBM2_U22</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U21, MiBM2_U22, MiBM2_U01, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U10, MiBM2_U21, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>