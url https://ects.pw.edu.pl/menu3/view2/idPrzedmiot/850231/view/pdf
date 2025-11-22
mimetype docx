--- v0 (2025-10-31)
+++ v1 (2025-11-22)
@@ -734,121 +734,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -874,51 +1164,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -944,51 +1234,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1014,81 +1304,71 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1235,330 +1515,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>