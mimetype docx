--- v1 (2025-11-22)
+++ v2 (2025-12-27)
@@ -734,50 +734,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -945,120 +1015,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>