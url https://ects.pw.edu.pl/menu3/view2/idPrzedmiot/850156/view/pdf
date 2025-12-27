--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -1533,261 +1533,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U02</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>