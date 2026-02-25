--- v1 (2025-12-27)
+++ v2 (2026-02-25)
@@ -1533,50 +1533,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1604,190 +1744,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>