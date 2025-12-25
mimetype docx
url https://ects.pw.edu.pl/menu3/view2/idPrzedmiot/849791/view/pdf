--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,51 +1056,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi, Wie, jak wypełnić formularz w elekronicznym generatorze wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U12, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>