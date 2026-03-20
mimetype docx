--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U12, K_U01</w:t>
+        <w:t xml:space="preserve">K_U05, K_U12, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>