--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przewidzieć w oparciu o wiedzę z zakresu psychologii społecznej jakie zachowania służb zwiększają ryzyka niebezpiecznych zachowań tłumu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -984,67 +984,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi i testowymi. Udział w dyskusjach i elementach warsztatowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać obserwacji i interpretacji funkcjonowania jednostki w stresie oraz potrafi podjąć określone środki zaradcze. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1054,67 +1054,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi. Udział w dyskusjach i elementach warsztatowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozpoznawać podstawowe emocje na podstawie komunikacji niewerbalnej oraz procesów intra psychicznych. Umie zróżnicować stresory traumatyczne i chroniczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi. Udział w dyskusjach i elementach warsztatowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>