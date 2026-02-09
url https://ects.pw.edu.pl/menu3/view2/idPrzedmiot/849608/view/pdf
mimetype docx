--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przewidzieć w oparciu o wiedzę z zakresu psychologii społecznej jakie zachowania służb zwiększają ryzyka niebezpiecznych zachowań tłumu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać obserwacji i interpretacji funkcjonowania jednostki w stresie oraz potrafi podjąć określone środki zaradcze. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi. Udział w dyskusjach i elementach warsztatowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>