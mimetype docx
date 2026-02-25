--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowana wiedzę na temat podstaw zachowań jednostki w organizacji oraz podstaw struktury organizacyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -933,51 +933,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowana wiedzę na temat zachowań grupowych w organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>