--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowana wiedzę na temat podstaw zachowań jednostki w organizacji oraz podstaw struktury organizacyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1003,51 +1003,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>