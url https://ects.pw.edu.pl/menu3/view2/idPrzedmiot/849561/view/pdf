--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -746,217 +746,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować modele sądownictwa konstytucyjnego i tryby kontroli prawa. Zna podstawowe zasady organizacji i działania Trybunału Konstytucyjnego, rozróżnia skutki wyroków Trybunału Konstytucyjnego, potrafi posługiwać się aktami normatywnymi regulującymi funkcjonowanie polskiego sądu konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>