--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -746,67 +746,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady podziału władzy, zasady legalizmu, zasady praworządności oraz wpływie sądu konstytucyjnego na prawidłowe funkcjonowanie współczesnego demokratycznego państwa prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,51 +976,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>