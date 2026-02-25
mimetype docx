--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -797,51 +797,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat metod analizy danych
 ekonomicznych i prawnych niezbędnych w
 procesie wyceny nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -949,51 +949,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonywać syntezy informacji w celu formułowania spójnej i przekonującej prawnej argumentacji na rzecz konkretnych rozwiązań w zakresie wyceny nieruchomości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1020,51 +1020,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>