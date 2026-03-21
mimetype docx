--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -781,67 +781,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat metod analizy danych
 ekonomicznych i prawnych niezbędnych w
 procesie wyceny nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -933,67 +933,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i zadań praktycznych w takcie ćwiczeń i prezentacja wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonywać syntezy informacji w celu formułowania spójnej i przekonującej prawnej argumentacji na rzecz konkretnych rozwiązań w zakresie wyceny nieruchomości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,67 +1004,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i zadań praktycznych
 w takcie ćwiczeń i prezentacja wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>