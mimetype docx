--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -960,271 +960,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16, LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada podstawową wiedzę o napędach lotniczych opartych na spalaniu detonacyjnym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W15, LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę o nietypowych, rzadko stosowanych lub nowatorskich rozwiązaniach napędów lotniczych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK327_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada podstawową wiedzę o napędach lotniczych opartych na spalaniu detonacyjnym.							</w:t>
+        <w:t xml:space="preserve">							Student posiada umiejętność określenia wpływu wykorzystania paliw alternatywnych i wodoru na konstrukcję zespołu napędowego i statku powietrznego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08, LiK2_W15, LiK2_W16</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U01, LiK2_U12</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U12, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>