--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>