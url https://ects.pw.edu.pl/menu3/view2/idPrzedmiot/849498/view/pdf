--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W02, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09, LiK2_W10, LiK2_W13, LiK2_W15, LiK2_W01, LiK2_W03, LiK2_W07</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W13, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,51 +959,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15, LiK2_W17, LiK2_W18</w:t>
+        <w:t xml:space="preserve">LiK2_W17, LiK2_W18, LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1029,51 +1029,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W13, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11</w:t>
+        <w:t xml:space="preserve">LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1319,51 +1319,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16</w:t>
+        <w:t xml:space="preserve">LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16, LiK2_U01, LiK2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1389,51 +1389,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07, LiK2_U08, LiK2_U11, LiK2_U01, LiK2_U03, LiK2_U06</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U03, LiK2_U06, LiK2_U07, LiK2_U08, LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>