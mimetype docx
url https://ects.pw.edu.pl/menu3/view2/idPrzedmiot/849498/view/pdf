--- v1 (2025-11-21)
+++ v2 (2025-12-25)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W02</w:t>
+        <w:t xml:space="preserve">LiK2_W02, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W13</w:t>
+        <w:t xml:space="preserve">LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W13, LiK2_W01, LiK2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,51 +959,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W17, LiK2_W18, LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15, LiK2_W17, LiK2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U04, LiK2_U05, LiK2_U08, LiK2_U09, LiK2_U15, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U15, LiK2_U17, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U04, LiK2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1319,51 +1319,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16, LiK2_U01, LiK2_U02</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>