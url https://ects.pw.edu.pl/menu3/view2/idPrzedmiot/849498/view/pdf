--- v2 (2025-12-25)
+++ v3 (2026-02-24)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W13, LiK2_W01, LiK2_W03</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,51 +959,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15, LiK2_W17, LiK2_W18</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15, LiK2_W17, LiK2_W18, LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U15, LiK2_U17, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U04, LiK2_U05</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U04, LiK2_U05, LiK2_U08, LiK2_U09, LiK2_U15, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1249,51 +1249,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U07, LiK2_U09, LiK2_U10</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U10, LiK2_U01, LiK2_U02, LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>