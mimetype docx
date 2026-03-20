--- v3 (2026-02-24)
+++ v4 (2026-03-20)
@@ -959,51 +959,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W11, LiK2_W14, LiK2_W15, LiK2_W17, LiK2_W18, LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09</w:t>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W17, LiK2_W18, LiK2_W01, LiK2_W03, LiK2_W06, LiK2_W07, LiK2_W09, LiK2_W10, LiK2_W11, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1249,51 +1249,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09, LiK2_U10, LiK2_U01, LiK2_U02, LiK2_U07</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U07, LiK2_U09, LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1319,51 +1319,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16</w:t>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U07, LiK2_U11, LiK2_U16, LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>