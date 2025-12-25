--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -958,481 +958,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna programy komputerowe do obliczania procesów spalania (STANJAN, GASEQ i SUPERSTATE; CHEMKIN i CANTERA; GSP i GASTURB; ZINOX, ZSPAL, KIVA i FIRE; VEX, DETO2).						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna programy komputerowe do obliczania procesów spalania (STANJAN, GASEQ i SUPERSTATE; CHEMKIN i CANTERA; GSP i GASTURB; ZINOX, ZSPAL, KIVA i FIRE; VEX, DETO2).						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS621_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna programy komputerowe do obliczania procesów spalania (STANJAN, GASEQ i SUPERSTATE; CHEMKIN i CANTERA; GSP i GASTURB; ZINOX, ZSPAL, KIVA i FIRE; VEX, DETO2).						</w:t>
+        <w:t xml:space="preserve">							Student umie posługiwać się dostępnymi programami komputerowymi do obliczania procesów spalania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W01</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS621_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna programy komputerowe do obliczania procesów spalania (STANJAN, GASEQ i SUPERSTATE; CHEMKIN i CANTERA; GSP i GASTURB; ZINOX, ZSPAL, KIVA i FIRE; VEX, DETO2).						</w:t>
+        <w:t xml:space="preserve">							Student umie posługiwać się dostępnymi programami komputerowymi do obliczania procesów spalania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W03</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS621_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie posługiwać się dostępnymi programami komputerowymi do obliczania procesów spalania.							</w:t>
+        <w:t xml:space="preserve">							Student rozumie metody obliczeniowe stosowane do obliczania procesów spalania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie metody obliczeniowe stosowane do obliczania procesów spalania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>