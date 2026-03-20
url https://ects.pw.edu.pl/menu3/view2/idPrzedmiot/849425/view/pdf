--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1318,121 +1318,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS621_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie metody obliczeniowe stosowane do obliczania procesów spalania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>