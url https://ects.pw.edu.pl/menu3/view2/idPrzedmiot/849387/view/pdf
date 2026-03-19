--- v0 (2025-12-25)
+++ v1 (2026-03-19)
@@ -751,541 +751,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę odnośnie fizykalnych podstaw generowania sił aerodynamicznych oraz występujących zjawisk przepływowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę odnośnie fizykalnych podstaw generowania sił aerodynamicznych oraz występujących zjawisk przepływowych. </w:t>
+        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Posiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.										</w:t>
+        <w:t xml:space="preserve">				Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>