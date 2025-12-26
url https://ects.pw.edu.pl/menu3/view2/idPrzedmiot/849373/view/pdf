--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1030,167 +1030,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
+        <w:t xml:space="preserve">							Student umie rozwiązywać proste problemy z zakresu kinematyki i dynamiki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W05</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW115_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie rozwiązywać proste problemy z zakresu kinematyki i dynamiki.							</w:t>
+        <w:t xml:space="preserve">Student umie wykorzystać podstawy rachunku różniczkowego i całkowego w kinematyce i dynamice.																							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1251,120 +1321,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>