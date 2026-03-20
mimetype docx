--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -890,481 +890,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																									Student wie, jak wykorzystać rachunek różniczkowy i całkowy w zagadnieniach kinematyki i dynamiki.																														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW115_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																									Student wie, jak wykorzystać rachunek różniczkowy i całkowy w zagadnieniach kinematyki i dynamiki.																														</w:t>
+        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie rozwiązywać proste problemy z zakresu kinematyki i dynamiki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
+        <w:t xml:space="preserve">Student umie wykorzystać podstawy rachunku różniczkowego i całkowego w kinematyce i dynamice.																							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W05</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW115_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW115_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																Student zna zakres stosowalności kinematyki i dynamiki niutonowskiej. Zna paradygmat tej dyscypliny.																																					</w:t>
+        <w:t xml:space="preserve">Student umie wykorzystać podstawy rachunku różniczkowego i całkowego w kinematyce i dynamice.																							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia, aktywność pracy studenta w trakcie ćwiczeń, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>