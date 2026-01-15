--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -959,51 +959,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukiwać, analizować oraz prezentować informacje dostępne zarówno w literaturze przedmiotu, jak i w źródłach internetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>