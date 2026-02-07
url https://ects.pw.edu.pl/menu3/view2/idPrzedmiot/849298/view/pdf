--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -873,51 +873,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,51 +959,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukiwać, analizować oraz prezentować informacje dostępne zarówno w literaturze przedmiotu, jak i w źródłach internetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>