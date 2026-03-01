--- v2 (2026-02-07)
+++ v3 (2026-03-01)
@@ -873,51 +873,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,51 +959,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukiwać, analizować oraz prezentować informacje dostępne zarówno w literaturze przedmiotu, jak i w źródłach internetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>