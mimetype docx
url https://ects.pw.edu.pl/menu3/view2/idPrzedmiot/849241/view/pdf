--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,271 +981,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
+        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>