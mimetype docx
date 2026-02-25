--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -911,325 +911,325 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
+        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>