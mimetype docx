--- v2 (2026-02-25)
+++ v3 (2026-03-19)
@@ -825,717 +825,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji w układzie minimalnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji </w:t>
+        <w:t xml:space="preserve">Jest świadomy odpowiedzialności w zakresie bezpieczeństwa informacji i systemów teleinformatycznych w środowisku funkcjonowania zawodowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+        <w:t xml:space="preserve">Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Ma świadomość dynamicznego rozwoju systemów teleinformatycznych i ich rosnącego zagrożenia oraz stosowania metod ochrony i zasad bezpiecznego przetwarzania informacji zwłaszcza w obszarze funkcjonowania administracji publicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test egzaminacyjny z bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Wystąpienia w toku wykładów.</w:t>
+        <w:t xml:space="preserve">Wystąpienia w toku wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_K07, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać z różnymi podmiotami, wykorzystywać nabytą wiedzę techniczną w zakresie zapewnienia bezpieczeństwa informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>