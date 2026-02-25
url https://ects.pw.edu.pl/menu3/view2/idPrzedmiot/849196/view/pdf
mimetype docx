--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie procesy zmian w koncepcjach badawczych i kierunkach badawczych dotyczących systemu administracji publicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -908,67 +908,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest aktywność na wykładach oraz uzyskanie pozytywnych ocen z testu zaliczeniowego. Wykłady kończą się testem podsumowującym, który obejmuje wiedzę z wykładów oraz zalecanej literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia teorii organizacji i zarządzania oraz nauki administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna główne szkoły i kierunki rozwoju nauki administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1128,67 +1128,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest aktywność na wykładach oraz uzyskanie pozytywnych ocen z testu zaliczeniowego. Wykłady kończą się testem podsumowującym, który obejmuje wiedzę z wykładów oraz zalecanej literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny, przebieg przemian w zakresie administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>