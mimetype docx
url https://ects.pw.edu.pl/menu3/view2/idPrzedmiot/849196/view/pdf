--- v1 (2026-02-25)
+++ v2 (2026-03-22)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie procesy zmian w koncepcjach badawczych i kierunkach badawczych dotyczących systemu administracji publicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1144,51 +1144,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny, przebieg przemian w zakresie administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>