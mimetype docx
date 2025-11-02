--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa i postępowania cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>