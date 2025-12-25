--- v1 (2025-11-02)
+++ v2 (2025-12-25)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa i postępowania cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,121 +895,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. . </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>