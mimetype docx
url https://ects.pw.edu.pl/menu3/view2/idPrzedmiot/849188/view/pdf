--- v2 (2025-12-25)
+++ v3 (2026-02-26)
@@ -895,121 +895,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. . </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>