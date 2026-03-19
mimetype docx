--- v3 (2026-02-26)
+++ v4 (2026-03-19)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>