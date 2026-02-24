--- v0 (2025-11-02)
+++ v1 (2026-02-24)
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna - przygotowanie biznesplanu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U18, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U20, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>