--- v1 (2026-02-24)
+++ v2 (2026-03-19)
@@ -771,201 +771,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W21, AiR1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW146_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student ma podstawową wiedzę dotyczącą zarządzania, w tym: zarządzania jakością i prowadzenia działalności gospodarczej.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W20, AiR1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW146_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW146_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma podstawową wiedzę dotyczącą zarządzania, w tym: zarządzania jakością i prowadzenia działalności gospodarczej.																																			</w:t>
+        <w:t xml:space="preserve">							Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie.																																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu.</w:t>
+        <w:t xml:space="preserve">Praca własna - przygotowanie biznesplanu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W20, AiR1_W21</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U18, AiR1_U20, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U18, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>