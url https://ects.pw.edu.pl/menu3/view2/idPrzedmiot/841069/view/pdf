--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -876,341 +876,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium opracowanie raportów z wyników badań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu numerycznej obróbki widm emisyjnych i absorpcyjnych, w tym znajomość pakietów oprogramowania przydatnych w obliczeniach chemometrycznych i różniczkowaniu widm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium opracowanie raportów z wyników badań </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu numerycznej obróbki widm emisyjnych i absorpcyjnych, w tym znajomość pakietów oprogramowania przydatnych w obliczeniach chemometrycznych i różniczkowaniu widm</w:t>
+        <w:t xml:space="preserve">Stosuje techniki optycznej spektrometrii atomowej i cząsteczkowej do ilościowego oznaczania składu materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium opracowanie raportów z wyników badań </w:t>
+        <w:t xml:space="preserve">opracowanie raportów z wyników badań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Stosuje techniki optycznej spektrometrii atomowej i cząsteczkowej do ilościowego oznaczania składu materiałów</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać proste metody numeryczne i chemometryczne procedury analityczne do rozwiązywania problemów w zakresie charakterystyki składu chemicznego materiałów; Umie zastosować metody obliczeniowe do opisu dokładności i rzetelności metody analitycznej i wskazania etapów do poprawienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">opracowanie raportów z wyników badań</w:t>
+        <w:t xml:space="preserve">opracowanie raportów z wyników badań; zadania do rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać proste metody numeryczne i chemometryczne procedury analityczne do rozwiązywania problemów w zakresie charakterystyki składu chemicznego materiałów; Umie zastosować metody obliczeniowe do opisu dokładności i rzetelności metody analitycznej i wskazania etapów do poprawienia</w:t>
+        <w:t xml:space="preserve">Umie (w zespole) przygotować i wygłosić prezentację dotyczącą opisu statystycznego opracowanej metody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">opracowanie raportów z wyników badań; zadania do rozwiązania</w:t>
+        <w:t xml:space="preserve">Wygłoszenie prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>