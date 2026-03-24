--- v1 (2025-12-26)
+++ v2 (2026-03-24)
@@ -876,51 +876,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium opracowanie raportów z wyników badań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>