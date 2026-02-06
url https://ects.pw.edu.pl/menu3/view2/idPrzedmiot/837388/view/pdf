--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - kolokwia pisemne w formie pytań i zadań: kolokwium i kolokwium poprawkowe; ćwiczenia audytoryjne - rozmowa w formie pytań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>