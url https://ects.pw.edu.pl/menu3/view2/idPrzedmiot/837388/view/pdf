--- v1 (2026-02-06)
+++ v2 (2026-03-01)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - kolokwia pisemne w formie pytań i zadań: kolokwium i kolokwium poprawkowe; ćwiczenia audytoryjne - rozmowa w formie pytań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -964,51 +964,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwia pisemnie w formie pytań i zadań: kolokwium i kolokwium poprawkowe. Ćwiczenia audytoryjne -rozmowa w formie pytań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U16</w:t>
+        <w:t xml:space="preserve">Tr2A_U16, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>