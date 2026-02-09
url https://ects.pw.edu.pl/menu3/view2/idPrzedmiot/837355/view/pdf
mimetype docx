--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -750,51 +750,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów w aspekcie znajomości standardowych metod i zasad oraz umiejętności prawidłowego określenia właściwych założeń i dokonania wyboru metody, w odniesieniu do aspektów formalno-prawnych i techniczno-operacyjnych. Kolokwium zawierające w zakresie efektu pytanie otwarte dot. aspektów forma</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>