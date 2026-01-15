--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>