--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -805,87 +805,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad zobrazowania sytuacji ruchowej i prowadzenia ruchu przy pomocy urządzeń zdalnego sterowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad zobrazowania sytuacji ruchowej i prowadzenia ruchu przy pomocy urządzeń zdalnego sterowania</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -896,266 +966,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
+        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
+        <w:t xml:space="preserve">Umie odczytywać informacje ze zobrazowania sytuacji ruchowej urżądzeń zdalnego sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U12, Tr2A_U14, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.2, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>