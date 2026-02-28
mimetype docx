--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -735,157 +735,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad realizacji funkcji zależnościowych w nastawnicach komputerowych oraz zasad współpracy elementów wykonawczych srk z komputerowymi urządzeniami zależnościowymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad realizacji funkcji zależnościowych w nastawnicach komputerowych oraz zasad współpracy elementów wykonawczych srk z komputerowymi urządzeniami zależnościowymi</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad zobrazowania sytuacji ruchowej i prowadzenia ruchu przy pomocy urządzeń zdalnego sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat zasad zobrazowania sytuacji ruchowej i prowadzenia ruchu przy pomocy urządzeń zdalnego sterowania</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -896,266 +966,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
+        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
+        <w:t xml:space="preserve">Umie odczytywać informacje ze zobrazowania sytuacji ruchowej urżądzeń zdalnego sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>