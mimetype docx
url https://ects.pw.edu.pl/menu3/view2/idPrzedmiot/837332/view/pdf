--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać wykonany przez siebie model i dyskutować na temat poprawności założeń i mechanizmów w nim zachodzących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>