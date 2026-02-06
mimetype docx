--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność wykorzystania aplikacji komputerowych do modelowania i symulacyjnej oceny efektywności procesu sterowania ruchem na skrzyżowaniach dróg. Potrafi określić wpływ wybranych parametrów modelu na przebieg modelowanych procesów w ruchu drogowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać wykonany przez siebie model i dyskutować na temat poprawności założeń i mechanizmów w nim zachodzących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>