--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – prawidłowe wykonanie ćwiczeń z wykorzystaniem w/w programów oraz sprawozdań w postaci projektów i ustna „obrona” projektów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawowe umiejetności w zakresie projektowania instalacji elektrycznej sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>