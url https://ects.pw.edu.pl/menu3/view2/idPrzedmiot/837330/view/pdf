--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -1135,51 +1135,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się wybranymi narzędziami komputerowego wspomagania projektowania sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – prawidłowe wykonanie ćwiczeń z wykorzystaniem w/w programów oraz sprawozdań w postaci projektów i ustna „obrona” projektów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U07</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawowe umiejetności w zakresie projektowania instalacji elektrycznej sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>