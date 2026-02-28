--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -759,427 +759,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą projektowania instalacji elektrycznych sygnalizacji świetlnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą obliczeń oraz materiałów wykorzystywanych w projektach instalacji elektrycznej sygnalizacji świetlnej. Zna zasady budowy i eksploatacji drogowej sygnalizacji świetlnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady projektowania skoordynowanej sygnalizacji świetlnej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą projektowania instalacji elektrycznych sygnalizacji świetlnej</w:t>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje ze źródeł dotyczących wybranych zagadnień</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – prawidłowe wykonanie ćwiczeń sprawozdań w postaci projektów i ich ustna „obrona” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą obliczeń oraz materiałów wykorzystywanych w projektach instalacji elektrycznej sygnalizacji świetlnej. Zna zasady budowy i eksploatacji drogowej sygnalizacji świetlnej.</w:t>
+        <w:t xml:space="preserve">potrafi wyznaczyć efektywne sterowanie na ciągu lub w sieci ulicznej. Potrafi dokonać analiz rozwiązań koordynacji oraz zaproponować ulepszenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu</w:t>
+        <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu  – prawidłowe wykonanie ćwiczeń oraz sprawozdań w postaci projektów i ich ustna „obrona” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się wybranymi narzędziami komputerowego wspomagania projektowania sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>