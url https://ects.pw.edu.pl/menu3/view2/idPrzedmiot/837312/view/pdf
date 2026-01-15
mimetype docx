--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W05, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna  modele probabilistyczne służące do opisu niezawodności i bezpieczeństwa systemów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>