--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium – samodzielne wykonanie zadania z wykorzystaniem komputera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U13</w:t>
+        <w:t xml:space="preserve">Tr2A_U13, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  analizować wielostanowe procesy eksploatacji, stosując właściwe miary </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>