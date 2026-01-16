--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium. Warunkiem zaliczenia jest wykonanie ćwiczeń laboratoryjnych i sprawozdań z ich wykonania oraz zaliczenia kolokwium z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U22, Tr2A_U21</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi wykonać wariantową organizację węzła multimodalnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>