--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna i rozumie zasady kształtowania multimodalnych węzłów transportowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>