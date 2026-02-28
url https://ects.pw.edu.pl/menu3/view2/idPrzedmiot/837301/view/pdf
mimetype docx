--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna i rozumie zasady kształtowania multimodalnych węzłów transportowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium. Warunkiem zaliczenia jest wykonanie ćwiczeń laboratoryjnych i sprawozdań z ich wykonania oraz zaliczenia kolokwium z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
+        <w:t xml:space="preserve">Tr2A_U22, Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi dokonać rozkładu potoku pasażerów w opracowanym modelu węzła transportowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>