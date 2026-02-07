--- v0 (2025-12-25)
+++ v1 (2026-02-07)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie część pisemna, 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą podłoża nawierzchni, podbudowy nawierzchni, warstwy ścieralnej i wiążącej, projektowania składu MMA, recyklingu nawierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,51 +970,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15, Tr2A_U18, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>