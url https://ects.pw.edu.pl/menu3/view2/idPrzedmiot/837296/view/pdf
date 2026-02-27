--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -970,51 +970,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15, Tr2A_U18, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>