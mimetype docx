--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1019,67 +1019,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U19, Tr2A_U07, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na podstawie formalnego sformułowania zadania decyzyjnego w transporcie określić jakie metody matematyczne są właściwe do poszukiwania rozwiązań optymalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1089,67 +1089,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U11, Tr2A_U19, Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poszukiwać modyfikacji poznanych algorytmów oraz sposobów doprecyzowania problemu decyzyjnego oraz dodatkowych informacji zmniejszających niepewność decydenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>