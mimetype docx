--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -939,51 +939,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08, Tr2A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1089,67 +1089,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U11, Tr2A_U19, Tr2A_U07</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poszukiwać modyfikacji poznanych algorytmów oraz sposobów doprecyzowania problemu decyzyjnego oraz dodatkowych informacji zmniejszających niepewność decydenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>