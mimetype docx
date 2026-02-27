--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -939,51 +939,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08, Tr2A_W01</w:t>
+        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1019,51 +1019,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U11, Tr2A_U19, Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>