--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -895,201 +895,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna różnice między masą rzeczywistą, wolumetryczną oraz płatną oraz zasady ustalania stawek przewozowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - pytanie na egzaminie;  Laboratorium - kolokwium w formie wykonania zadań w programie komputerowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna różnice między masą rzeczywistą, wolumetryczną oraz płatną oraz zasady ustalania stawek przewozowych</w:t>
+        <w:t xml:space="preserve">Potrafi modelować procesy przewozowe bezpośrednie oraz pośrednie w transporcie samochodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład - pytanie na egzaminie;  Laboratorium - kolokwium w formie wykonania zadań w programie komputerowym</w:t>
+        <w:t xml:space="preserve">Wykład - zadanie do wykonania na egzaminie;  Laboratorium - kolokwium w formie wykonania zadań w programie komputerowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać podstawowe operacje w programie WinSped związane z obsługą przesyłek bezpośrednich oraz pośrednich </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>