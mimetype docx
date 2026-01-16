--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -884,137 +884,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U01, Tr2A_U10, Tr2A_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UW, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie odczytywać informacje ze zobrazowania sytuacji ruchowej urżądzeń zdalnego sterowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>