--- v0 (2026-01-16)
+++ v1 (2026-02-08)
@@ -737,87 +737,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań komputerowych sieci przemysłowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań komputerowych sieci przemysłowych</w:t>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań sterowników PLC oraz zasad ich programowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -836,58 +906,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań sterowników PLC oraz zasad ich programowania </w:t>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat ograniczeń pracy w czasie rzeczywistym oraz mechnizmów pozwalających na ich przestrzeganie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -898,250 +968,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat ograniczeń pracy w czasie rzeczywistym oraz mechnizmów pozwalających na ich przestrzeganie</w:t>
+        <w:t xml:space="preserve">Umie zidentyfikować cyfrowy system sterowania, jego strukturę oraz rozróżnić jego elementy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zidentyfikować cyfrowy system sterowania, jego strukturę oraz rozróżnić jego elementy </w:t>
+        <w:t xml:space="preserve">Umie zastosować mikroprocesor, sterownik PLC  do sterowania wraz z układami pryferyjnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>