--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 1 pytanie otwarte, student potrafi wymienić i opisać ogólnie kryteria doboru pojazdów; Obrona pracy projektowej, student potrafi omówić zastosowane metody rozmieszczenia ładunków i określić podstawowe uwarunkowania ich stosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę o czynnikach determinujących wydajność w transporcie samochodowym, o kosztach w transporcie samochodowym oraz o wymiarowaniu procesów przewozowych ze względu na wydajność pracy i koszty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>