--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -745,207 +745,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębioną wiedzę o środkach pracy stosowanych w transporcie samochodowym, a także zna parametry dopuszczalne pojazdów, warunki korzystania z infrastruktury drogowej oraz wymagane kwalifikacje kierowców i uwarunkowania prawne dotyczące czasu pracy kierowców</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, 2 lub 3 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 lub 2 z tych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada pogłębioną wiedzę o środkach pracy stosowanych w transporcie samochodowym, a także zna parametry dopuszczalne pojazdów, warunki korzystania z infrastruktury drogowej oraz wymagane kwalifikacje kierowców i uwarunkowania prawne dotyczące czasu pracy kierowców</w:t>
+        <w:t xml:space="preserve">Posiada pogłębioną wiedzę o zasadach doboru środków przewozowych transportu samochodowego oraz o wymiarowaniu rozmieszczenia ładunku w przestrzeniach ładunkowych pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, 2 lub 3 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 lub 2 z tych pytań</w:t>
+        <w:t xml:space="preserve">Egzamin, 1 pytanie otwarte, student potrafi wymienić i opisać ogólnie kryteria doboru pojazdów; Obrona pracy projektowej, student potrafi omówić zastosowane metody rozmieszczenia ładunków i określić podstawowe uwarunkowania ich stosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę o czynnikach determinujących wydajność w transporcie samochodowym, o kosztach w transporcie samochodowym oraz o wymiarowaniu procesów przewozowych ze względu na wydajność pracy i koszty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>